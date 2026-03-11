--- v0 (2025-11-25)
+++ v1 (2026-03-11)
@@ -1,2131 +1,4518 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00294224" w:rsidRDefault="00294224" w:rsidP="008C1642">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="319FBCEC" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7194"/>
+        </w:tabs>
+        <w:ind w:left="110"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00294224" w:rsidRDefault="00294224" w:rsidP="008C1642">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08A39C45" wp14:editId="07AEB1E6">
+            <wp:extent cx="2119927" cy="442055"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="3" name="Image 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="3" name="Image 3"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2119927" cy="442055"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53EB8C2F" wp14:editId="0E6DD9CB">
+            <wp:extent cx="2200130" cy="442055"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Image 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="4" name="Image 4"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2200130" cy="442055"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="581F8479" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:jc w:val="center"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00DF5199" w:rsidRPr="00313637" w:rsidRDefault="00DF5199" w:rsidP="008C1642">
+        <w:spacing w:before="163"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C29EE86" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t>Certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="46"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t>attendance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB058FA" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="008C1642" w:rsidRDefault="008C1642" w:rsidP="008C1642">
+        <w:spacing w:before="36"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B5267E8" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:ind w:left="110"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>HEREBY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>CERTIFY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>THAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1368F724" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00294224" w:rsidRPr="00CB00EF" w:rsidRDefault="00BF084D" w:rsidP="008C1642">
+        <w:spacing w:before="101"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CDDDAF9" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:pBdr>
-[...25 lines deleted...]
-    <w:p w:rsidR="00BF084D" w:rsidRPr="00477FD4" w:rsidRDefault="00BF084D" w:rsidP="008C1642">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4258"/>
+          <w:tab w:val="left" w:pos="9509"/>
+        </w:tabs>
+        <w:spacing w:line="307" w:lineRule="auto"/>
+        <w:ind w:left="110" w:right="108"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Universitat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Politècnica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Catalunya</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>(E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>BARCELO03),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spanish Identification Number (NIF/NIE) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26265375" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:rPr>
-[...879 lines deleted...]
-      <w:r w:rsidRPr="00477FD4">
+        <w:spacing w:before="164"/>
+        <w:ind w:left="505"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="ca-ES" w:eastAsia="ca-ES"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="586B3FEE" wp14:editId="25807B62">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2748F7BF" wp14:editId="35551A4D">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2044065</wp:posOffset>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>447675</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139700</wp:posOffset>
+                  <wp:posOffset>86671</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3200400" cy="0"/>
-                <wp:effectExtent l="0" t="0" r="0" b="19050"/>
+                <wp:extent cx="163195" cy="358775"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="5" name="Conector recto 5"/>
+                <wp:docPr id="5" name="Group 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-[...4 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3200400" cy="0"/>
+                          <a:ext cx="163195" cy="358775"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="163195" cy="358775"/>
                         </a:xfrm>
-                        <a:prstGeom prst="line">
-[...21 lines deleted...]
-                    </wps:wsp>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="6" name="Image 6"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="161162" cy="161162"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="7" name="Image 7"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="205080"/>
+                            <a:ext cx="162741" cy="153510"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="681C1093" id="Conector recto 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="160.95pt,11pt" to="412.95pt,11pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4iSYtIwIAAEoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2yAQvVfqPyDuie2ss02sOKvKTnrZ&#10;tpF2+wEEcIyKAQGJE1X99w44jrLtparqAwzM8Hgzb/Dq6dxJdOLWCa1KnE1TjLiimgl1KPG31+1k&#10;gZHzRDEiteIlvnCHn9bv3616U/CZbrVk3CIAUa7oTYlb702RJI62vCNuqg1X4Gy07YiHpT0kzJIe&#10;0DuZzNL0Mem1ZcZqyp2D3Xpw4nXEbxpO/demcdwjWWLg5uNo47gPY7JekeJgiWkFvdIg/8CiI0LB&#10;pTeomniCjlb8AdUJarXTjZ9S3SW6aQTlMQfIJkt/y+alJYbHXKA4ztzK5P4fLP1y2lkkWInnGCnS&#10;gUQVCEW9tsiGCc1DjXrjCgit1M6GLOlZvZhnTb87pHTVEnXgkevrxQBAFk4kb46EhTNw077/rBnE&#10;kKPXsWDnxnYBEkqBzlGXy00XfvaIwuYDKJ2nIB8dfQkpxoPGOv+J6w4Fo8RSqFAyUpDTs/OBCCnG&#10;kLCt9FZIGWWXCvUlXs5n83jAaSlYcIYwZw/7Slp0IqFx4hezAs99WECuiWuHOAbW0FFWHxWLl7Sc&#10;sM3V9kTIwQZSUoV7IEWgebWGjvmxTJebxWaRT/LZ42aSp3U9+bit8snjNvswrx/qqqqzn4Fylhet&#10;YIyrwHrs3iz/u+64vqOh7279eytP8hY91hHIjnMkHTUOsg4NstfssrOj9tCwMfj6uMKLuF+Dff8L&#10;WP8CAAD//wMAUEsDBBQABgAIAAAAIQDNqgJS3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/P&#10;SsQwEMbvgu8QRvCyuGkjK2u36SKCXhaErT5A2sy21WZSmmxbfXpHPOhxvvnx/cn3i+vFhGPoPGlI&#10;1wkIpNrbjhoNb69PN1sQIRqypveEGj4xwL64vMhNZv1MR5zK2Ag2oZAZDW2MQyZlqFt0Jqz9gMS/&#10;kx+diXyOjbSjmdnc9VIlyZ10piNOaM2Ajy3WH+XZaTjacp7Ltv6aDptVfHmvnleHVGl9fbU87EBE&#10;XOIfDD/1uToU3KnyZ7JB9BpuVXrPqAaleBMDW7VhofoVZJHL/wuKbwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQA4iSYtIwIAAEoEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDNqgJS3QAAAAkBAAAPAAAAAAAAAAAAAAAAAH0EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" o:allowincell="f">
-[...1 lines deleted...]
-              </v:line>
+              <v:group w14:anchorId="16FD5D33" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:35.25pt;margin-top:6.8pt;width:12.85pt;height:28.25pt;z-index:15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="163195,358775" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCJ5Ay+ZAIAADQHAAAOAAAAZHJzL2Uyb0RvYy54bWzUVU2P2jAQvVfqf7B8&#10;X5JAA9QC9kIXrbRq0bb9AcZxEmvjD9mGwL/v2AmwhapdcajaQ6Jxxp558+Z5MrvfywbtuHVCqznO&#10;BilGXDFdCFXN8fdvD3dTjJynqqCNVnyOD9zh+8X7d7PWED7UtW4KbhEEUY60Zo5r7w1JEsdqLqkb&#10;aMMVOEttJfWwtFVSWNpCdNkkwzQdJ622hbGacefg67Jz4kWMX5ac+S9l6bhHzRwDNh/fNr434Z0s&#10;ZpRUlppasB4GvQGFpEJB0lOoJfUUba24CiUFs9rp0g+YlokuS8F4rAGqydKLalZWb02spSJtZU40&#10;AbUXPN0cln3erS0SxRznGCkqoUUxK8oDNa2pCOxYWfPVrG1XH5hPmr04cCeX/rCuzpv3pZXhEJSJ&#10;9pHzw4lzvveIwcdsPMo+Qm4GrlE+nUxiYkpYDY27OsXqT789l1DSJY3QTlCMYASenkCwrgj8s9Dg&#10;lN9ajvsg8k0xJLUvW3MHvTbUi41ohD9E3UJXAyi1WwsWmA2Lcy/Gx148SlpxNA69OO4I+wP3V8c3&#10;jTAPomkC48HugYLYL8Tyi1o7IS4120qufHezLG8As1auFsZhZAmXGw5CsY9FBv2CW+1BLcYK5btr&#10;5LzlntUhfwk4nuHyBaCUnBwR9BlnKMH1wnqbVrJsPOy0ko2j3SU4HjbW+RXXEgUDkAICIJoSunty&#10;PZbjlp7BLn3EBWg6lsH4b5Qy+Vkpk39NKaFbf0MpwzRPp/04P4+W4eRDkCqMliwf5Vn0n0YEJUct&#10;3C6XOGZgNEeZ97+RMPtfr8F+/bNb/AAAAP//AwBQSwMECgAAAAAAAAAhAKn75uuRAAAAkQAAABQA&#10;AABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAASAAAAEggCAAAA2awZAAAA&#10;AAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAADFJREFUKJHtzcERACAIxMDo&#10;0Kl0xdGrNZxfyX8nq0r4BZB5LCP1flgBw4b9zQKQ2mUXQmQGz2byEt8AAAAASUVORK5CYIJQSwME&#10;CgAAAAAAAAAhAO7tU9mRAAAAkQAAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoKAAAA&#10;DUlIRFIAAAATAAAAEggCAAAANm5yPgAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQB&#10;lSsOGwAAADFJREFUOI1jnD17DgNZgAVCpaQkk6Rtzpy5TORZyMDAMKpzVOeoTuIANH/OmTOXVJ0A&#10;OS0GzxmCQn4AAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAGx/GVXcAAAABwEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMjk9Lw0AQxe+C32EZwZvdpKVRYzalFPVUBFtBvE2TaRKanQ3ZbZJ+e6cnPb4/vPfL&#10;VpNt1UC9bxwbiGcRKOLClQ1XBr72bw9PoHxALrF1TAYu5GGV395kmJZu5E8adqFSMsI+RQN1CF2q&#10;tS9qsuhnriOW7Oh6i0FkX+myx1HGbavnUZRoiw3LQ40dbWoqTruzNfA+4rhexK/D9nTcXH72y4/v&#10;bUzG3N9N6xdQgabwV4YrvqBDLkwHd+bSq9bAY7SUpviLBJTkz8kc1OHqx6DzTP/nz38BAAD//wMA&#10;UEsDBBQABgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQ&#10;wYrCMBCG7wv7DmHu27Q9LLKY9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv4kwpu8AK&#10;uqYFQayDcWwV/B62XysQuSAbXAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3IRLXyxSS&#10;x1LHZGVEfURLsm/bb5nuGTA8MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOlosCTcfi3&#10;7JvIFuRzh+49Dt2/g3x47nADAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAieQMvmQCAAA0&#10;BwAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAqfvm65EA&#10;AACRAAAAFAAAAAAAAAAAAAAAAADKBAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAA&#10;ACEA7u1T2ZEAAACRAAAAFAAAAAAAAAAAAAAAAACNBQAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwEC&#10;LQAUAAYACAAAACEAbH8ZVdwAAAAHAQAADwAAAAAAAAAAAAAAAABQBgAAZHJzL2Rvd25yZXYueG1s&#10;UEsBAi0AFAAGAAgAAAAhAC5s8ADFAAAApQEAABkAAAAAAAAAAAAAAAAAWQcAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAAVQgAAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Image 6" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:161162;height:161162;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnG4yxwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6oH/1SjiCCrt7Va9Phonk2xeSlNVuu33wgLexxm5jfMct3ZWjyo9ZVjBaNhAoK4&#10;cLriUsH5tPucgfABWWPtmBS8yMN61ftYYqrdk4/0yEIpIoR9igpMCE0qpS8MWfRD1xBH7+ZaiyHK&#10;tpS6xWeE21qOk2QiLVYcFww2tDVU3LMfq+B7dNheD1k+339Nj/dLmOWG851Sg363WYAI1IX/8F97&#10;rxVM4H0l3gC5+gUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnG4yxwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 7" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;top:205080;width:162741;height:153510;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdH2bPwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EIvJpFTaBKcKMYUQtpLQ34eYJE2tqm1Mpbin7evCoUeh5n5htnlo21ET52vHStYLlIQ&#10;xNqZmksFt+thvgHhA7LBxjEpmMhDvn+a7TAzbuAz9ZdQighhn6GCKoQ2k9Lriiz6hWuJo3d3ncUQ&#10;ZVdK0+EQ4baRr2m6khZrjgsVtvRekf6+PKyCU/mpJ+61ZZ0cT6Muvu5vSaLUy/NYbEEEGsN/+K/9&#10;YRSs4fdKvAFy/wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAdH2bPwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId12" o:title=""/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00477FD4">
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>enrolled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>our</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Erasmus+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275C708B" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="128"/>
+        <w:ind w:left="505"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>arrived</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>our</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>enterprise/institution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Erasmus+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>traineeship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>placement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20565173" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A7F7129" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="112"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7624F733" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="110"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>mobility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>been:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032C6068" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="587B3971" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:ind w:left="138"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="22"/>
-[...76 lines deleted...]
-    <w:p w:rsidR="00294224" w:rsidRPr="00477FD4" w:rsidRDefault="00294224" w:rsidP="008C1642">
+          <w:position w:val="-7"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CDED37E" wp14:editId="2B64423F">
+            <wp:extent cx="161162" cy="161162"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="8" name="Image 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="8" name="Image 8"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="161162" cy="161162"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Long-term</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>physical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>mobility.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>study/placement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>takes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>host</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>country</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>(on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>campus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>online)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A577EB8" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:ind w:firstLine="709"/>
-[...35 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:spacing w:before="99"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59A51B14" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6488"/>
+          <w:tab w:val="left" w:pos="8331"/>
+        </w:tabs>
+        <w:ind w:left="505"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Study/placement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>host</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>country:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>From</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00477FD4">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00477FD4">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+    </w:p>
+    <w:p w14:paraId="2E0CBDFC" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="119"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E13FB8" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:ind w:left="505" w:right="136" w:hanging="367"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:position w:val="-7"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="404E2A93" wp14:editId="11C43261">
+            <wp:extent cx="162741" cy="153510"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="9" name="Image 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="9" name="Image 9"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="162741" cy="153510"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Long-term blended mobility. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A study/placement period that combines a physical mobility period in the host country with virtual activities at the partner institution from outside the host country, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the home country or another country. (The student is not physically based in the host country.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11564126" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="123"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="350E1756" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6488"/>
+          <w:tab w:val="left" w:pos="8331"/>
+        </w:tabs>
+        <w:ind w:left="505"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Study/placement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>host</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>country:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>From</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00477FD4">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00477FD4">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+    </w:p>
+    <w:p w14:paraId="78A2117C" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6968"/>
+          <w:tab w:val="left" w:pos="8812"/>
+        </w:tabs>
+        <w:spacing w:before="72"/>
+        <w:ind w:left="505"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Study/placement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>outside</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>host</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>country:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>From</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00477FD4">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Stamp and </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="002902B1" w:rsidRDefault="002902B1">
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C85BAAE" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:ind w:left="142"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00294224" w:rsidRPr="00294224" w:rsidRDefault="002902B1" w:rsidP="002902B1">
+        <w:spacing w:before="119"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31579023" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:ind w:left="142"/>
-[...76 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:ind w:left="505" w:right="136" w:hanging="367"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:position w:val="-7"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2ECD7913" wp14:editId="1BAA8C78">
+            <wp:extent cx="162741" cy="153510"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="10" name="Image 10"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="10" name="Image 10"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="162741" cy="153510"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:spacing w:val="39"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Short-term</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>blended</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>mobility.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Blended</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>mobility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>combines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>shorter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>physical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>mobility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>period(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>between</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>days)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with a virtual component. A minimum of 3 ECTS credits must be awarded for the virtual activity. (This does not apply to doctoral </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>candidates.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074149FD" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="123"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC01605" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:ind w:left="505"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>ECTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>credits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>awarded</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>virtual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>component:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>num_credits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A19B6F9" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6488"/>
+          <w:tab w:val="left" w:pos="8331"/>
+        </w:tabs>
+        <w:spacing w:before="72"/>
+        <w:ind w:left="505"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Study/placement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>host</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>country:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>From</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278D63B9" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6968"/>
+          <w:tab w:val="left" w:pos="8812"/>
+        </w:tabs>
+        <w:spacing w:before="71"/>
+        <w:ind w:left="505"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Study/placement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>outside</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>host</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>country:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>From</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76376DF2" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4781D087" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="105"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A29AF5F" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="110"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>witness</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>whereof,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>sign</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="14"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="004274C0">
-[...64 lines deleted...]
-    <w:p w:rsidR="00294224" w:rsidRDefault="00294224" w:rsidP="008C1642">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C39B1AC" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:ind w:firstLine="708"/>
-[...9 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1558" w:bottom="2552" w:left="1418" w:header="567" w:footer="1098" w:gutter="0"/>
+        <w:spacing w:before="110"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C61C504" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5393"/>
+          <w:tab w:val="left" w:pos="6311"/>
+          <w:tab w:val="left" w:pos="6886"/>
+          <w:tab w:val="left" w:pos="7460"/>
+        </w:tabs>
+        <w:ind w:left="110"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Stamp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DCFE066" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AE0A0DD" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76882934" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60A1B7CF" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37156D39" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C0BE232" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF184BB" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="127E01B5" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07143554" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:ind w:left="110"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>certifier:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4E9050" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4090"/>
+        </w:tabs>
+        <w:spacing w:before="51"/>
+        <w:ind w:left="110"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Position: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A031AC4" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4073"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:spacing w:before="50" w:line="307" w:lineRule="auto"/>
+        <w:ind w:left="110" w:right="3945"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of the host institution/enterprise: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Country: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2426928B" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76D0A0F4" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="99"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CBBB544" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:ind w:left="110"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-14"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>certificate:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0825B8AA" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="000C28F8">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A2A05C2" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="318"/>
+        </w:tabs>
+        <w:ind w:left="318" w:hanging="208"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>responsible</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>international</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>relations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>institution/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>enterprise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292BBF91" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="318"/>
+        </w:tabs>
+        <w:spacing w:before="51"/>
+        <w:ind w:left="318" w:hanging="208"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>bear</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>stamp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>institution/enterprise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E60DA39" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="333"/>
+        </w:tabs>
+        <w:spacing w:before="50" w:line="307" w:lineRule="auto"/>
+        <w:ind w:left="110" w:right="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>The certificate must be signed AFTER the stay ends (never before). Consequently, the date of signature must be the SAME as or LATER than the end date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A06731" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="318"/>
+        </w:tabs>
+        <w:spacing w:line="181" w:lineRule="exact"/>
+        <w:ind w:left="318" w:hanging="208"/>
+        <w:rPr>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>corrections</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>made</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+        <w:t>it.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="000C28F8">
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11920" w:h="16840"/>
+      <w:pgMar w:top="400" w:right="566" w:bottom="1540" w:left="566" w:header="0" w:footer="1348" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00302A9B" w:rsidRDefault="00302A9B" w:rsidP="004274C0">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0B8C0FDA" w14:textId="77777777" w:rsidR="003E224F" w:rsidRDefault="00D64B4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00302A9B" w:rsidRDefault="00302A9B" w:rsidP="004274C0">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="620A8959" w14:textId="77777777" w:rsidR="003E224F" w:rsidRDefault="00D64B4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="004274C0" w:rsidRPr="004274C0" w:rsidRDefault="004274C0" w:rsidP="004274C0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="54430F8E" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
-      <w:jc w:val="left"/>
-[...46 lines deleted...]
-      <w:ind w:left="426"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-[...79 lines deleted...]
-        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:noProof/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>The certificate must be</w:t>
-[...7 lines deleted...]
-      <w:t>ar</w:t>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487536640" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7914A33F" wp14:editId="27C7AEFC">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>429768</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9659645</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6710045" cy="6350"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Graphic 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr>
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6710045" cy="6350"/>
+                      </a:xfrm>
+                      <a:custGeom>
+                        <a:avLst/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="6710045" h="6350">
+                            <a:moveTo>
+                              <a:pt x="6709765" y="5956"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="5956"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6709765" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6709765" y="5956"/>
+                            </a:lnTo>
+                            <a:close/>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="9A9A9A"/>
+                      </a:solidFill>
+                    </wps:spPr>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="171AE6BA" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:33.85pt;margin-top:760.6pt;width:528.35pt;height:.5pt;z-index:-15779840;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="6710045,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHVCVgOAIAAOQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFr2zAQfh/sPwi9L3a6xVlMnFJaWgal&#10;KzRjz4osx2ayTpMU2/n3O8lW6m4vY4yAfPJ9On/fd6dsr4dWkk4Y24Aq6HKRUiIUh7JRx4J+299/&#10;+EyJdUyVTIISBT0LS693799te52LK6hBlsIQLKJs3uuC1s7pPEksr0XL7AK0UJiswLTM4dYck9Kw&#10;Hqu3MrlK0yzpwZTaABfW4tu7MUl3oX5VCe6+VpUVjsiCIjcXVhPWg1+T3ZblR8N03fCJBvsHFi1r&#10;FH70UuqOOUZOpvmjVNtwAxYqt+DQJlBVDRdBA6pZpr+peamZFkELmmP1xSb7/8ryp+7ZkKbE3lGi&#10;WIstepjcWHpzem1zxLzoZ+PlWf0I/IfFRPIm4zd2wgyVaT0WxZEhOH2+OC0GRzi+zNbLNP20ooRj&#10;Lvu4Co1IWB7P8pN1DwJCHdY9Wjf2qYwRq2PEBxVDg932fZahz44S7LOhBPt8GPusmfPnPDkfkn5G&#10;pJ54+GQLndhDgDkvIVunm3WGbJHsarPKfDUk+wqTag7HOXsLjOn41KHqCIvKYy4+R8z8y3+PnHGM&#10;5bgEK0baXnrgf7EDtcwNtyCb8r6R0jtgzfFwKw3pGDq7ufG/Sf4MFoZh7L+fhAOUZ5yqHgepoPbn&#10;iRlBifyicG79HYyBicEhBsbJWwg3NZhvrNsP35nRRGNYUIfj8wTxVrA8Tgby94AR608quDk5qBo/&#10;NoHbyGja4FUK+qdr7+/qfB9Qr39Ou18AAAD//wMAUEsDBBQABgAIAAAAIQCuBJmT4AAAAA0BAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqBPTpijEqXh1W0GoYDuNTRLVHkex26R/&#10;j8umLOfO0Z0zxWqyhh314DtHEtJZAkxT7VRHjYTt5/ruAZgPSAqNIy3hpD2syuurAnPlRvrQxyo0&#10;LJaQz1FCG0Kfc+7rVlv0M9drirsfN1gMcRwargYcY7k1XCRJxi12FC+02OuXVtf76mAlvI1G4GuW&#10;bKrTV7Z//l4v7t+3vZS3N9PTI7Cgp3CB4awf1aGMTjt3IOWZkZAtl5GM+UKkAtiZSMV8Dmz3lwkB&#10;vCz4/y/KXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDHVCVgOAIAAOQEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCuBJmT4AAAAA0BAAAPAAAA&#10;AAAAAAAAAAAAAJIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" path="m6709765,5956l,5956,,,6709765,r,5956xe" fillcolor="#9a9a9a" stroked="f">
+              <v:path arrowok="t"/>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:noProof/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
-        <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> the </w:t>
-[...70 lines deleted...]
-      <w:t>.</w:t>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487537152" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3290C035" wp14:editId="762A6FBE">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5751264</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9717333</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1401445" cy="134620"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1401445" cy="134620"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="550DB898" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+                          <w:pPr>
+                            <w:tabs>
+                              <w:tab w:val="left" w:pos="1450"/>
+                            </w:tabs>
+                            <w:spacing w:before="21"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Data: </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>dd/mm/</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>yy</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:tab/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Full: </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">/ </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3290C035" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:452.85pt;margin-top:765.15pt;width:110.35pt;height:10.6pt;z-index:-15779328;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBV5Qx6pwEAAD8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUs2O0zAQviPxDpbv1GkoKxQ1XQErENIK&#10;kHb3ARzHbixij/G4Tfr2jN20u4Ib4uKM45nvZ2a2t7Mb2VFHtOBbvl5VnGmvoLd+3/Knx89v3nOG&#10;SfpejuB1y08a+e3u9avtFBpdwwBjryMjEI/NFFo+pBQaIVAN2klcQdCeHg1EJxNd4170UU6E7kZR&#10;V9WNmCD2IYLSiPT37vzIdwXfGK3Sd2NQJza2nLSlcsZydvkUu61s9lGGwapFhvwHFU5aT6RXqDuZ&#10;JDtE+xeUsyoCgkkrBU6AMVbp4oHcrKs/3DwMMujihZqD4dom/H+w6tvxR2S2b3nNmZeORvSo59TB&#10;zOrcnClgQzkPgbLS/BFmGnIxiuEe1E+kFPEi51yAlJ2bMZvo8pdsMiqk/p+uPScSpjLaplpvNu84&#10;U/S2fru5qctQxHN1iJi+aHAsBy2PNNOiQB7vMWV+2VxSFjFn/iwrzd28uOigP5GJiWbdcvx1kFFz&#10;Nn711My8GJcgXoLuEsQ0foKyPtmLhw+HBMYW5kxxxl2YaUpF0LJReQ1e3kvW897vfgMAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAKDLmdDiAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4s6UbLVppOE4ITEqIrhx3TxmurNU5psq28PekJjvb/6ffnbDuZnl1wdJ0lCdFCAEOqre6okfBV&#10;vj2sgTmvSKveEkr4QQfb/PYmU6m2VyrwsvcNCyXkUiWh9X5IOXd1i0a5hR2QQna0o1E+jGPD9aiu&#10;odz0fClEwo3qKFxo1YAvLdan/dlI2B2oeO2+P6rP4lh0ZbkR9J6cpLy/m3bPwDxO/g+GWT+oQx6c&#10;Knsm7VgvYSPip4CGIF6JFbAZiZbJI7Bq3sVRDDzP+P838l8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAVeUMeqcBAAA/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAoMuZ0OIAAAAOAQAADwAAAAAAAAAAAAAAAAABBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="550DB898" w14:textId="77777777" w:rsidR="000C28F8" w:rsidRDefault="00D64B4D">
+                    <w:pPr>
+                      <w:tabs>
+                        <w:tab w:val="left" w:pos="1450"/>
+                      </w:tabs>
+                      <w:spacing w:before="21"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Data: </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>dd/mm/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>yy</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:tab/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Full: </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">/ </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00302A9B" w:rsidRDefault="00302A9B" w:rsidP="004274C0">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="78DBA4C4" w14:textId="77777777" w:rsidR="003E224F" w:rsidRDefault="00D64B4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00302A9B" w:rsidRDefault="00302A9B" w:rsidP="004274C0">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2CA6E895" w14:textId="77777777" w:rsidR="003E224F" w:rsidRDefault="00D64B4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...113 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="016F20E6"/>
+    <w:nsid w:val="186C2E5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9BFA4F32"/>
-    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+    <w:tmpl w:val="E398E0B0"/>
+    <w:lvl w:ilvl="0" w:tplc="665EA1A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="320" w:hanging="210"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="103"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2B9095BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1366" w:hanging="210"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="6A20C5B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2413" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="3" w:tplc="A1B074E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3460" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="4" w:tplc="1C4E4264">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4507" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="5" w:tplc="4E0E0106">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5554" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="6" w:tplc="C514196E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6600" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="7" w:tplc="14C2965E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="7647" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="8" w:tplc="0CEE67F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="8694" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:ulTrailSpace/>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00294224"/>
-[...44 lines deleted...]
-    <w:rsid w:val="00FE5532"/>
+    <w:rsidRoot w:val="000C28F8"/>
+    <w:rsid w:val="000C28F8"/>
+    <w:rsid w:val="003E224F"/>
+    <w:rsid w:val="00B65B8A"/>
+    <w:rsid w:val="00D64B4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-ES"/>
+  <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{D283DF0C-9AF8-46D9-ADCE-01849D4C5CF1}"/>
+  <w14:docId w14:val="6CB345A6"/>
+  <w15:docId w15:val="{F6EF4F71-71CB-4E0F-BDA5-D8955A0C164B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2148,51 +4535,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2236,51 +4623,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2453,224 +4840,159 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text1">
-[...17 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextoindependienteCar"/>
-    <w:rsid w:val="00294224"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="15"/>
+      <w:szCs w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:ind w:left="110"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="25"/>
+      <w:szCs w:val="25"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
-[...12 lines deleted...]
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextodegloboCar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00294224"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...32 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="318" w:hanging="208"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
-[...7 lines deleted...]
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="PiedepginaCar"/>
-[...16 lines deleted...]
-    <w:rsid w:val="004274C0"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
@@ -2700,86 +5022,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2910,94 +5230,72 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>116</Words>
-  <Characters>665</Characters>
+  <Words>322</Words>
+  <Characters>1772</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>1</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company>UPC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>780</CharactersWithSpaces>
+  <CharactersWithSpaces>2090</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Boss</dc:creator>
+  <dc:creator>Montserrat Lopez-Milena</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-10-16T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Mozilla Firefox 143.0.4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
+    <vt:lpwstr>cairo 1.18.0 (https://cairographics.org)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LastSaved">
+    <vt:filetime>2025-10-16T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>