--- v0 (2025-11-25)
+++ v1 (2026-02-21)
@@ -1,1508 +1,3824 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00294224" w:rsidRDefault="00294224" w:rsidP="00294224">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0E4AD838" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7106"/>
+        </w:tabs>
+        <w:ind w:left="125"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D89ADF7" wp14:editId="65E3B358">
+            <wp:extent cx="2173538" cy="456628"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="3" name="Image 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="3" name="Image 3"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2173538" cy="456628"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B643645" wp14:editId="7E82E634">
+            <wp:extent cx="2255744" cy="456628"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Image 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="4" name="Image 4"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2255744" cy="456628"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00294224" w:rsidRDefault="00294224" w:rsidP="00294224">
-[...3 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="685595D0" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="157"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3661329E" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t>Certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t>arrival</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DF9A02" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="23"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22242AED" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:ind w:left="125"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>HEREBY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>CERTIFY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>THAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608F84A9" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="86"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CE13AEE" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4360"/>
+          <w:tab w:val="left" w:pos="9512"/>
+        </w:tabs>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:ind w:left="125" w:right="123"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Universitat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Politècnica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Catalunya</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>BARCELO03),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Spanish Identification Number (NIF/NIE) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679EC01C" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="170"/>
+        <w:ind w:left="528"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-      </w:pPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EC663E1" wp14:editId="1BF2ACD8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>102835</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="165100" cy="358140"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Group 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="165100" cy="358140"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="165100" cy="358140"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="6" name="Image 6"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="164592" cy="156732"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="7" name="Image 7"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="192946"/>
+                            <a:ext cx="164591" cy="164569"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="42614510" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:8.1pt;width:13pt;height:28.2pt;z-index:15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="165100,358140" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDI51RDXQIAADQHAAAOAAAAZHJzL2Uyb0RvYy54bWzkVctu2zAQvBfoPxC8&#10;x7IcS44Jy7m4MQIErZG2H0BTlEREfICkX3/fJSXbqV20QdBL0YOIpZbcnZ0dkrP7vWzRllsntCpw&#10;OhhixBXTpVB1gb9/e7i5w8h5qkraasULfOAO388/fpjtDOEj3ei25BZBEOXIzhS48d6QJHGs4ZK6&#10;gTZcgbPSVlIPU1snpaU7iC7bZDQc5slO29JYzbhz8HfROfE8xq8qzvyXqnLco7bAgM3H0cZxHcZk&#10;PqOkttQ0gvUw6DtQSCoUJD2FWlBP0caKq1BSMKudrvyAaZnoqhKMxxqgmnR4Uc3S6o2JtdRkV5sT&#10;TUDtBU/vDss+b1cWibLAGUaKSmhRzIqyQM3O1ARWLK35ala2qw/MJ81eHLiTS3+Y1+fF+8rKsAnK&#10;RPvI+eHEOd97xOBnmmfpEDrDwHWb3aXjviesgcZd7WLNp9/uSyjpkkZoJyhGMAJfTyBYVwT+WWiw&#10;y28sx30Q+aYYktqXjbmBXhvqxVq0wh+ibqGrAZTargQLzIbJuRf5sRePktYc5aEXxxVhfeD+avu6&#10;FeZBtG1gPNg9UBD7hVh+UWsnxIVmG8mV706W5S1g1so1wjiMLOFyzUEo9rFMoV9wqj2oxVihfHeM&#10;nLfcsybkrwDHMxy+AJSSkyOCPuMMJbheWG/TyjibjjqtpFk+uR2FxKeeU2Ks80uuJQoGIAUEQDQl&#10;dPvkeizHJT2DXfqIC9B0LIPxzyhl8rNSJv+rUtLpaDqO54SS89UCcglShaslzcdZPv3rconXDFzN&#10;UYX9MxLu/tdzsF8/dvMfAAAA//8DAFBLAwQKAAAAAAAAACEAqfvm65EAAACRAAAAFAAAAGRycy9t&#10;ZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAABIAAAASCAIAAADZrBkAAAAABmJLR0QA&#10;/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAAMUlEQVQoke3NwREAIAjEwOjQqXTF0as1&#10;nF/JfyerSvgFkHksI/V+WAHDhv3NApDaZRdCZAbPZvIS3wAAAABJRU5ErkJgglBLAwQUAAYACAAA&#10;ACEAvdYl8d0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90kYmzTbEop&#10;6qkIbQXxts1Ok9DsbMhuk/TfOz3p8b03vPlevppsKwbsfeNIQTyLQCCVzjRUKfg6vD/NQfigyejW&#10;ESq4oodVcX+X68y4kXY47EMluIR8phXUIXSZlL6s0Wo/cx0SZyfXWx1Y9pU0vR653LYyiaJUWt0Q&#10;f6h1h5say/P+YhV8jHpcP8dvw/Z82lx/Di+f39sYlXp8mNZLEAGn8HcMN3xGh4KZju5CxotWwWvC&#10;UwL7aQKC88Wc9fHmpyCLXP7nL34BAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQa&#10;CUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx&#10;1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+z&#10;wzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAyOdUQ10CAAA0BwAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAKAAAAAAAAACEAqfvm65EAAACRAAAAFAAAAAAAAAAAAAAAAADDBAAAZHJzL21lZGlhL2ltYWdl&#10;MS5wbmdQSwECLQAUAAYACAAAACEAvdYl8d0AAAAHAQAADwAAAAAAAAAAAAAAAACGBQAAZHJzL2Rv&#10;d25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAkAYAAGRy&#10;cy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAgwcAAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Image 6" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:164592;height:156732;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnG4yxwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6oH/1SjiCCrt7Va9Phonk2xeSlNVuu33wgLexxm5jfMct3ZWjyo9ZVjBaNhAoK4&#10;cLriUsH5tPucgfABWWPtmBS8yMN61ftYYqrdk4/0yEIpIoR9igpMCE0qpS8MWfRD1xBH7+ZaiyHK&#10;tpS6xWeE21qOk2QiLVYcFww2tDVU3LMfq+B7dNheD1k+339Nj/dLmOWG851Sg363WYAI1IX/8F97&#10;rxVM4H0l3gC5+gUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnG4yxwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId10" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 7" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;top:192946;width:164591;height:164569;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBIVykqwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hvIW9aaqHVatRFkHUm1bL7vHRPJti81KaqN1/vxEEj8PMfMMsVp2txZ1aXzlWMBomIIgL&#10;pysuFZxPm8EUhA/IGmvHpOCPPKyW/d4CU+0efKR7FkoRIexTVGBCaFIpfWHIoh+6hjh6F9daDFG2&#10;pdQtPiLc1nKcJF/SYsVxwWBDa0PFNbtZBYfRfv27z/LZbjs5Xn/CNDecb5T6/Oi+5yACdeEdfrV3&#10;WsEEnlfiDZDLfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBIVykqwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId10" o:title=""/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:t>Has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>enrolled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>our</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Erasmus+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>programme.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BF084D" w:rsidRDefault="00BF084D" w:rsidP="00294224">
+    <w:p w14:paraId="503CD18E" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="123"/>
+        <w:ind w:left="528"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>arrived</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>our</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>enterprise/institution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Erasmus+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>traineeship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>placement.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00347BB0" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-      <w:pPr>
+    <w:p w14:paraId="48401731" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC68E23" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="89"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2547BEAA" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="125"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>mobility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6A5374" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="18"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26105EDC" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:ind w:left="528"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-        <w:t>CERTIFICATE OF ARRIVAL</w:t>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15729152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47DDA8EB" wp14:editId="1DA62008">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-13284</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="165100" cy="365760"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="8" name="Group 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="165100" cy="365760"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="165100" cy="365760"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="9" name="Image 9"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="164591" cy="164569"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="10" name="Image 10"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="201168"/>
+                            <a:ext cx="164591" cy="164569"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="36FC70D0" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:-1.05pt;width:13pt;height:28.8pt;z-index:15729152;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="165100,365760" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAPfRsaVQIAADYHAAAOAAAAZHJzL2Uyb0RvYy54bWzkVdtu2zAMfR+wfxD8&#10;3jjuGq8R4vQla1Cg2IpdPkCRZVuodQGlxMnfj5Idp0iGrSiwh2EPNihTIg8Pj+jF3V61ZCfASaOL&#10;JJtMEyI0N6XUdZH8+H5/dZsQ55kuWWu0KJKDcMnd8v27RWepuDaNaUsBBINoRztbJI33lqap441Q&#10;zE2MFRqdlQHFPC6hTktgHUZXbXo9neZpZ6C0YLhwDr+uemeyjPGrSnD/paqc8KQtEsTm4xviexPe&#10;6XLBaA3MNpIPMNgbUCgmNSYdQ62YZ2QL8iKUkhyMM5WfcKNSU1WSi1gDVpNNz6pZg9naWEtNu9qO&#10;NCG1Zzy9OSz/vHsCIssiwUZpprBFMSu5DdR0tqa4Yw32m32Cvj40Hw1/duhOz/1hXZ827ytQ4RCW&#10;SfaR88PIudh7wvFjls+yKXaGo+tDPvuYDz3hDTbu4hRvPv32XMponzRCG6FYySk+A4FoXRD4Z6Hh&#10;Kb8FkQxB1KtiKAbPW3uFvbbMy41spT9E3WJXAyi9e5I8MBsWp17Mj714UKwWZB56cdwR9gfuL45v&#10;WmnvZdsGxoM9AEWxn4nlF7X2QlwZvlVC+/5mgWgRs9GukdYlBKhQG4FCgYcyw37hrfaoFgtS+/4a&#10;OQ/C8ybkrxDHV7x8ASijoyOCPuEMJbhBWK/Tys1sHnKjVrL8ZpZHYsaeM2rB+bUwigQDkSICJJpR&#10;tnt0A5bjloHBPn3EhWh6ltH4Z5SS4dXpr20vFVz/p1rB+ZnlcWoxehouf10wcdDgcI5CH34kYfq/&#10;XKP98ne3/AkAAP//AwBQSwMECgAAAAAAAAAhAKn75uuRAAAAkQAAABQAAABkcnMvbWVkaWEvaW1h&#10;Z2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAASAAAAEggCAAAA2awZAAAAAAZiS0dEAP8A/wD/oL2n&#10;kwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAADFJREFUKJHtzcERACAIxMDo0Kl0xdGrNZxfyX8nq0r4&#10;BZB5LCP1flgBw4b9zQKQ2mUXQmQGz2byEt8AAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAAg2uTTe&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5grd2k0i0TbMppainIrQVxNtr&#10;9jUJze6G7DZJ/73Pkx6HGWa+ydeTacVAvW+cVRDPIxBkS6cbWyn4PL7NFiB8QKuxdZYU3MjDuri/&#10;yzHTbrR7Gg6hElxifYYK6hC6TEpf1mTQz11Hlr2z6w0Gln0ldY8jl5tWJlH0LA02lhdq7GhbU3k5&#10;XI2C9xHHzVP8Ouwu5+3t+5h+fO1iUurxYdqsQASawl8YfvEZHQpmOrmr1V60Cl4SvhIUzJIYBPvL&#10;BeuTgjRNQRa5/M9f/AAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPI&#10;JoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJS&#10;OCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/&#10;PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoB&#10;AAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAPfRsaVQIAADYHAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQCp++brkQAAAJEAAAAUAAAAAAAAAAAAAAAAALsEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItABQABgAIAAAAIQAINrk03gAAAAcBAAAPAAAAAAAAAAAAAAAAAH4FAABkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAACJBgAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAAB8BwAAAAA=&#10;">
+                <v:shape id="Image 9" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:164591;height:164569;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWhBjDwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbpu5hV6tRRJDV21otenw0z6bYvJQmq/XfbxYEj8PMfMMsVp2txZ1aXzlWMBknIIgL&#10;pysuFZyO29EUhA/IGmvHpOBJHlbLfm+BqXYPPtA9C6WIEPYpKjAhNKmUvjBk0Y9dQxy9q2sthijb&#10;UuoWHxFua/mRJJ/SYsVxwWBDG0PFLfu1Cn4m+81ln+Wz3ffX4XYO09xwvlVqOOjWcxCBuvAOv9o7&#10;rWAG/1fiDZDLPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWhBjDwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId10" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 10" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;top:201168;width:164591;height:164569;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCbp/NaxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPsPkSftRlN22FhHQBMSAm6jrNqOVuM1FY1TNQHKv8eHSbvZes/vfV6sRt+pCw2xDWxgluWg&#10;iOtgW24MfB030zmomJAtdoHJwI0irJYPkwUWNlz5QJcyNUpCOBZowKXUF1rH2pHHmIWeWLTfMHhM&#10;sg6NtgNeJdx3+jnPX7THlqXBYU9rR/WpPHsDn7P9+mdfVm+77evh9J3mleNqY8zT4/jxDirRmP7N&#10;f9c7K/hCL7/IAHp5BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJun81rEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId10" o:title=""/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Long-term</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>physical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>mobility.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>study/placement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>takes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>host</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>country</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>campus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>online)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00347BB0" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-      <w:pPr>
+    <w:p w14:paraId="5D13EFF8" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="123" w:line="319" w:lineRule="auto"/>
+        <w:ind w:left="528" w:right="151"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Long-term blended mobility. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>A study/placement period that combines a physical mobility period in the host country with virtual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>partner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>outside</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>host</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>country,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>home</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>country</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>another</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>country.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(The student is not physically based in the host country.)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-      <w:pPr>
+    <w:p w14:paraId="60E9D2F6" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:spacing w:before="22"/>
+        <w:ind w:left="153"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:position w:val="-7"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09279286" wp14:editId="4E2CDA52">
+            <wp:extent cx="164592" cy="156732"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="11" name="Image 11"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="11" name="Image 11"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="164592" cy="156732"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Short-term</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>blended mobility.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Blended</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>mobility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>combines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>shorter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>physical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>mobility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>virtual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>component.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054F075B" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="21"/>
+        <w:ind w:left="528"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>minimum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ECTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>credits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>awarded</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>virtual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>activity.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(This</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>does</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>doctoral</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>candidates.)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="43D9D552" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="17"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="16D98B86" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7772"/>
+          <w:tab w:val="left" w:pos="9693"/>
+        </w:tabs>
+        <w:ind w:left="125"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>started</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>physical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>mobility</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00EA55E9" w:rsidRDefault="00022874" w:rsidP="007C1008">
-[...29 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="32CA5A43" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="87"/>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="17F59A3A" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:ind w:left="125"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>witness</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>whereof,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sign</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>(3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>below.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00AA011C" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="442A6D66" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="95"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00EA55E9" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...19 lines deleted...]
-        <w:t>Country</w:t>
+    <w:p w14:paraId="2AB3C317" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5393"/>
+          <w:tab w:val="left" w:pos="6331"/>
+          <w:tab w:val="left" w:pos="6917"/>
+          <w:tab w:val="left" w:pos="7504"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="125"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Stamp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4D500573" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="11EDDA2E" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6CD7E289" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00AA011C" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="311A9B14" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00AA011C" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="64BC2B1A" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00AA011C" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="21CE604F" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="055184B4" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="121"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00A2116D" w:rsidRDefault="00022874" w:rsidP="007C1008">
-[...40 lines deleted...]
-        <w:t>………………………………………………..………</w:t>
+    <w:p w14:paraId="235CA43D" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4189"/>
+          <w:tab w:val="left" w:pos="5318"/>
+        </w:tabs>
+        <w:spacing w:before="1" w:line="292" w:lineRule="auto"/>
+        <w:ind w:left="125" w:right="5467"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of the certifier: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Position: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="34159080" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4171"/>
+        </w:tabs>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:ind w:left="125" w:right="6614"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of the host institution/enterprise: Country: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...73 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="3A555E42" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00AA011C" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="780DE90F" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="00C65368">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="87"/>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00AA011C" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="48B2D18B" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:ind w:left="125"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>certificate:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...166 lines deleted...]
-        <w:t xml:space="preserve">on </w:t>
+    <w:p w14:paraId="0F1DAD52" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="338"/>
+        </w:tabs>
+        <w:spacing w:before="188"/>
+        <w:ind w:left="338" w:hanging="213"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>responsible</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>international</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>relations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>institution/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>enterprise.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="008EE4E1" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="338"/>
+        </w:tabs>
+        <w:ind w:left="338" w:hanging="213"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>bear</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>stamp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>institution/enterprise.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00B543BB" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...39 lines deleted...]
-        <w:t>……………………………</w:t>
+    <w:p w14:paraId="04EF4729" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="338"/>
+        </w:tabs>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:ind w:left="125" w:right="122" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>AFTER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>start</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>stay</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(never</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>before).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Consequently,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>SAME as or LATER than the start date.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRPr="00EA55E9" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">     (Date of start of the mobility period)</w:t>
+    <w:p w14:paraId="6A89A4F1" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="338"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="338" w:hanging="213"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>certificate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>corrections</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>made</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>it.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="007C1008">
-[...167 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1701" w:bottom="2977" w:left="1701" w:header="567" w:footer="1433" w:gutter="0"/>
+    <w:sectPr w:rsidR="00C65368">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11920" w:h="16840"/>
+      <w:pgMar w:top="400" w:right="566" w:bottom="4080" w:left="566" w:header="0" w:footer="3890" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009270F8" w:rsidRDefault="009270F8" w:rsidP="004274C0">
+    <w:p w14:paraId="79EA60D6" w14:textId="77777777" w:rsidR="00421CD4" w:rsidRDefault="001C5E81">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009270F8" w:rsidRDefault="009270F8" w:rsidP="004274C0">
+    <w:p w14:paraId="0A246375" w14:textId="77777777" w:rsidR="00421CD4" w:rsidRDefault="001C5E81">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="007C1008" w:rsidRDefault="007C1008" w:rsidP="004274C0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="61D80A81" w14:textId="77777777" w:rsidR="004E6054" w:rsidRDefault="004E6054">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="25A395CF" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
-      <w:jc w:val="left"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
-        <w:b/>
-[...1 lines deleted...]
-        <w:lang w:val="en-GB"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="404040"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-ES"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="385CD0DD" wp14:editId="5BC57B9C">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487542272" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DACE79D" wp14:editId="4D3E4F2C">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>-137160</wp:posOffset>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>438899</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>93980</wp:posOffset>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>8045501</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="5638800" cy="9525"/>
-              <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+              <wp:extent cx="6691630" cy="6350"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="2" name="Connector recte 2"/>
+              <wp:docPr id="1" name="Graphic 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvCnPr>
-[...1 lines deleted...]
-                    </wps:cNvCnPr>
+                    <wps:cNvSpPr>
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
                     <wps:spPr>
-                      <a:xfrm flipV="1">
+                      <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="5638800" cy="9525"/>
+                        <a:ext cx="6691630" cy="6350"/>
                       </a:xfrm>
-                      <a:prstGeom prst="line">
+                      <a:custGeom>
                         <a:avLst/>
-                      </a:prstGeom>
-[...10 lines deleted...]
-                      <a:effectLst/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="6691630" h="6350">
+                            <a:moveTo>
+                              <a:pt x="6691414" y="6096"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="6096"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6691414" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="6691414" y="6096"/>
+                            </a:lnTo>
+                            <a:close/>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="9A9A9A"/>
+                      </a:solidFill>
                     </wps:spPr>
-                    <wps:bodyPr/>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="37BCCFF4" id="Connector recte 2" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-10.8pt,7.4pt" to="433.2pt,8.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARF25J5wEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aypUiNOAWWILt0&#10;W4B2vTOyZAuTJUHU4uTvR8luuq63YRdZIqlHvqfn9d25N+wkA2pnaz6flZxJK1yjbVvzH4/7DyvO&#10;MIJtwDgra36RyO8279+tB1/JheucaWRgBGKxGnzNuxh9VRQoOtkDzpyXlpLKhR4iHUNbNAEGQu9N&#10;sSjLm2JwofHBCYlI0d2Y5JuMr5QU8btSKCMzNafZYl5DXo9pLTZrqNoAvtNiGgP+YYoetKWmV6gd&#10;RGC/gn4D1WsRHDoVZ8L1hVNKC5k5EJt5+Rebhw68zFxIHPRXmfD/wYpvp0Nguqn5gjMLPT3R1llL&#10;urnAAn0kWySRBo8V1W7tISSa4mwf/L0TP5FyxatkOqAfy84q9EwZ7Z/IG1kfYszOWf7LVX55jkxQ&#10;cHnzcbUq6ZUE5W6Xi2VqXECVUFJTHzB+ka5naVNzo20SByo43WMcS59LUti6vTaG4lAZy4YJkgkg&#10;mykDkfr0noijbTkD05J/RQwZEZ3RTbqdLmNoj1sT2AnIQ5/2q/nn3VjUQSPH6O2ypLlzK4T41TVj&#10;eF4+x4nFBJMZvcJPM+8Au/FOTk3EjU39ZbbxRPFF3bQ7uuZyCIl6OpFFMvpk5+TBP8+56uWn2/wG&#10;AAD//wMAUEsDBBQABgAIAAAAIQDazK6g3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcWqelsqo0ThUh5QJIiMClNyfeJqHxOordNv17lhMcd+Zpdibbz24QF5xC70nDapmA&#10;QGq87anV8PVZLrYgQjRkzeAJNdwwwD6/v8tMav2VPvBSxVZwCIXUaOhiHFMpQ9OhM2HpRyT2jn5y&#10;JvI5tdJO5srhbpDrJFHSmZ74Q2dGfO6wOVVnp6Gs++618GX7dnPfWJ2KQ/H+ctD68WEudiAizvEP&#10;ht/6XB1y7lT7M9kgBg2L9UoxysaGJzCwVWoDomZBPYHMM/l/Qf4DAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAERduSecBAAC8AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA2syuoN4AAAAJAQAADwAAAAAAAAAAAAAAAABBBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAEwFAAAAAA==&#10;" strokecolor="#4a7ebb">
-[...1 lines deleted...]
-            </v:line>
+            <v:shape w14:anchorId="43ED42AC" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:34.55pt;margin-top:633.5pt;width:526.9pt;height:.5pt;z-index:-15774208;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="6691630,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAK1jCNNQIAAOQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFr2zAQfh/sPwi9L07aLiwmTiktLYPS&#10;FZqyZ0WWYzNZp52U2Pn3O8lW6m4vY4yAfPJ9On/ffaesr/tWs6NC14Ap+GI250wZCWVj9gV/3d5/&#10;+sKZ88KUQoNRBT8px683Hz+sO5urC6hBlwoZFTEu72zBa+9tnmVO1qoVbgZWGUpWgK3wtMV9VqLo&#10;qHqrs4v5fJl1gKVFkMo5ens3JPkm1q8qJf23qnLKM11w4ubjinHdhTXbrEW+R2HrRo40xD+waEVj&#10;6KPnUnfCC3bA5o9SbSMRHFR+JqHNoKoaqaIGUrOY/6bmpRZWRS3UHGfPbXL/r6x8Oj4ja0ryjjMj&#10;WrLoYezGIjSnsy4nzIt9xiDP2UeQPxwlsneZsHEjpq+wDVgSx/rY6dO506r3TNLL5XK1WF6SIZJy&#10;y8vP0YhM5OmsPDj/oCDWEcdH5wefyhSJOkWyNylEcjv4rKPPnjPyGTkjn3eDz1b4cC6QCyHrJkTq&#10;kUdItnBUW4gwHyQEtleLK84C2flqGaoR2TeYNlM4yXoPTOn0tLHqAEvKUy49B8z0y3+PnHBM5aQG&#10;pwbaQXrkf24HaZk23IFuyvtG69ABh/vdrUZ2FNTZ1U34jfInsDgMg/9hEnZQnmiqOhqkgrufB4GK&#10;M/3V0NyGO5gCTMEuBej1LcSbGpuPzm/77wItsxQW3NP4PEG6FSJPk0H8A2DAhpMGbg4eqiaMTeQ2&#10;MBo3dJWi/vHah7s63UfU25/T5hcAAAD//wMAUEsDBBQABgAIAAAAIQCttdNk4QAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI89T8MwEIZ3JP6DdUhs1ElUhTbEqaDAAGVpG6mMbnwkEfE5it028Ou5&#10;ssB47z16P/LFaDtxxMG3jhTEkwgEUuVMS7WCcvt8MwPhgyajO0eo4As9LIrLi1xnxp1ojcdNqAWb&#10;kM+0giaEPpPSVw1a7SeuR+LfhxusDnwOtTSDPrG57WQSRam0uiVOaHSPywarz83BKnil6RNNH9K4&#10;LFfLt/D48r0b3rdKXV+N93cgAo7hD4Zzfa4OBXfauwMZLzoF6TxmkvUkveVRZyJOkjmI/a82i0AW&#10;ufy/ovgBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACtYwjTUCAADkBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArbXTZOEAAAANAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m6691414,6096l,6096,,,6691414,r,6096xe" fillcolor="#9a9a9a" stroked="f">
+              <v:path arrowok="t"/>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487542784" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A701C5B" wp14:editId="69FCB2F0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5712815</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>8104699</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1430655" cy="136525"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1430655" cy="136525"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1E697FE6" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+                          <w:pPr>
+                            <w:tabs>
+                              <w:tab w:val="left" w:pos="1481"/>
+                            </w:tabs>
+                            <w:spacing w:before="24"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>Data:</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="9"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>dd/mm/yy</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:tab/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>Full:</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:spacing w:val="4"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="3"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>/</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="4"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6A701C5B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:449.85pt;margin-top:638.15pt;width:112.65pt;height:10.75pt;z-index:-15773696;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQ72MSqAEAAD8DAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNGmWVihqugJWIKQV&#10;IO3yAY5jNxaxx3jcJv17xk7aXcFttRdnHL95M+/N7G4nO7CTCmjANXy9KjlTTkJn3KHhvx6/vPvA&#10;GUbhOjGAUw0/K+S3+7dvdqOvVQU9DJ0KjEgc1qNveB+jr4sCZa+swBV45ehRQ7Ai0jUcii6Ikdjt&#10;UFRluS1GCJ0PIBUi/b2bH/k+82utZPyhNarIhoZTbzGfIZ9tOov9TtSHIHxv5NKGeEEXVhhHRa9U&#10;dyIKdgzmPyprZAAEHVcSbAFaG6myBlKzLv9R89ALr7IWMgf91SZ8PVr5/fQzMNM1vOLMCUsjelRT&#10;bGFiVTJn9FgT5sETKk6fYKIhZ6Ho70H+RoIUzzBzAhI6mTHpYNOXZDJKJP/PV8+pCJOJ7f1Nud1s&#10;OJP0tr7ZbqpNqls8ZfuA8asCy1LQ8EAzzR2I0z3GGXqBLM3M9VNbcWqnRUUL3ZlEjDTrhuOfowiK&#10;s+GbIzPTYlyCcAnaSxDi8Bny+iQtDj4eI2iTK6cSM+9SmaaUe182Kq3B83tGPe39/i8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBaNE5z4QAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0H&#10;aytxo06DyB9xqgrBCQmRhgNHJ3aTqPE6xG4b3p7NqRx35tPsTL6bzcAuenK9RQHbTQBMY2NVj62A&#10;r+rtIQHmvEQlB4tawK92sCtWd7nMlL1iqS8H3zIKQZdJAZ33Y8a5azptpNvYUSN5RzsZ6emcWq4m&#10;eaVwM/AwCCJuZI/0oZOjful0czqcjYD9N5av/c9H/Vkey76q0gDfo5MQ9+t5/wzM69nfYFjqU3Uo&#10;qFNtz6gcGwQkaRoTSkYYR4/AFmQbPtG+etHSOAFe5Pz/jOIPAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUO9jEqgBAAA/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAWjROc+EAAAAOAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="1E697FE6" w14:textId="77777777" w:rsidR="00C65368" w:rsidRDefault="001C5E81">
+                    <w:pPr>
+                      <w:tabs>
+                        <w:tab w:val="left" w:pos="1481"/>
+                      </w:tabs>
+                      <w:spacing w:before="24"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>Data:</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="9"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>dd/mm/</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>yy</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:tab/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>Full:</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:spacing w:val="4"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="3"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>/</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="4"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004274C0" w:rsidRPr="004274C0" w:rsidRDefault="004274C0" w:rsidP="004274C0">
-[...136 lines deleted...]
-  <w:p w:rsidR="004274C0" w:rsidRPr="007C1008" w:rsidRDefault="00620BFB" w:rsidP="007C1008">
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="53CD1463" w14:textId="77777777" w:rsidR="004E6054" w:rsidRDefault="004E6054">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
-      <w:rPr>
-[...4 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D607AC">
-[...18 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009270F8" w:rsidRDefault="009270F8" w:rsidP="004274C0">
+    <w:p w14:paraId="29C06C1C" w14:textId="77777777" w:rsidR="00421CD4" w:rsidRDefault="001C5E81">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009270F8" w:rsidRDefault="009270F8" w:rsidP="004274C0">
+    <w:p w14:paraId="5FB2BC7B" w14:textId="77777777" w:rsidR="00421CD4" w:rsidRDefault="001C5E81">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004274C0" w:rsidRPr="000A5675" w:rsidRDefault="000A5675" w:rsidP="00620BFB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="27F7FE64" w14:textId="77777777" w:rsidR="004E6054" w:rsidRDefault="004E6054">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
     </w:pPr>
-    <w:r w:rsidRPr="00D607AC">
-[...94 lines deleted...]
-    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0D33D1B2" w14:textId="77777777" w:rsidR="004E6054" w:rsidRDefault="004E6054">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="04F917B4" w14:textId="77777777" w:rsidR="004E6054" w:rsidRDefault="004E6054">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="016F20E6"/>
+    <w:nsid w:val="7005402D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9BFA4F32"/>
-    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+    <w:tmpl w:val="7E389102"/>
+    <w:lvl w:ilvl="0" w:tplc="909C2222">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="339" w:hanging="215"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ED4C3ED8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1384" w:hanging="215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="667E8DA2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2429" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="3" w:tplc="E09ED036">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3474" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="4" w:tplc="2D4649A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4519" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="5" w:tplc="6F80F238">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5564" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="6" w:tplc="DBBC3502">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6608" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="7" w:tplc="141CFC54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="7653" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8."/>
+    <w:lvl w:ilvl="8" w:tplc="F0D22E2C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="8698" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:ulTrailSpace/>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00294224"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00D607AC"/>
+    <w:rsidRoot w:val="00C65368"/>
+    <w:rsid w:val="00181D9D"/>
+    <w:rsid w:val="001C5E81"/>
+    <w:rsid w:val="00421CD4"/>
+    <w:rsid w:val="004E6054"/>
+    <w:rsid w:val="00C65368"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="es-ES"/>
+  <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{B51E843C-5780-481F-8EC4-23FEB7F2276C}"/>
+  <w14:docId w14:val="20283F66"/>
+  <w15:docId w15:val="{D4E6CB47-5115-4FD7-8C4C-C51E007427A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1525,51 +3841,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1613,51 +3929,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1830,237 +4146,208 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C1008"/>
-[...2 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="ca-ES" w:eastAsia="es-ES"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text1">
-[...15 lines deleted...]
-    </w:rPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextoindependienteCar"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:szCs w:val="20"/>
-[...38 lines deleted...]
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="125"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="43"/>
+      <w:ind w:left="338" w:hanging="213"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004274C0"/>
+    <w:rsid w:val="004E6054"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004274C0"/>
+    <w:rsid w:val="004E6054"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004274C0"/>
+    <w:rsid w:val="004E6054"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004274C0"/>
+    <w:rsid w:val="004E6054"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
@@ -2090,86 +4377,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2300,94 +4585,72 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>81</Words>
-  <Characters>447</Characters>
+  <Words>267</Words>
+  <Characters>1471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company>UPC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>527</CharactersWithSpaces>
+  <CharactersWithSpaces>1735</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Boss</dc:creator>
+  <dc:creator>Montserrat Lopez-Milena</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-10-20T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Mozilla Firefox 144.0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
+    <vt:lpwstr>cairo 1.18.0 (https://cairographics.org)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LastSaved">
+    <vt:filetime>2025-10-20T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>