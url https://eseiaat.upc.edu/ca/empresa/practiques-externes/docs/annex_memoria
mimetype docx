--- v0 (2025-12-04)
+++ v1 (2026-02-21)
@@ -1,724 +1,419 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w:rsidR="006F2B47" w:rsidRPr="004E056F" w:rsidRDefault="00BC38BE">
-[...2 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="ca-ES"/>
-[...4 lines deleted...]
-          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="ca-ES"/>
-[...43 lines deleted...]
-          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annex: Vistiplau</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aquest document reflecteix fidelment el projecte formatiu de pràctiques que  l’estudiant </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="ca-ES"/>
-[...70 lines deleted...]
-          <w:lang w:val="ca-ES"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XXXXX (nom de l’estudiant)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha desenvolupat durant la seva estada a l’empresa. El seu contingut ha estat revisat pel tutor professional de l’empresa col·laboradora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signatura del supervisor i segell de l’empresa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nom del supervisor: </w:t>
       </w:r>
-      <w:r w:rsidRPr="004E2FDC">
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="ca-ES"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XXXX</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...4 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data de la signatura</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
+      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
+      <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...20 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Calibri"/>
+  <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...20 lines deleted...]
-  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...9 lines deleted...]
-  <w15:docId w15:val="{3A930C9B-8C24-4D61-A075-2627EF7A1B32}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ca-ES"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...372 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-[...1 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+    <w:qFormat w:val="1"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-[...2 lines deleted...]
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblInd w:w="0.0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108" w:type="dxa"/>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -938,81 +633,50 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...39 lines deleted...]
-</Properties>
+<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjn513kk5gON//jYIVW8iwZIyfPkw==">CgMxLjAyCGguZ2pkZ3hzOAByITF4ZFdOQUNpajJmaTNYSXdULWFicVoyV3BsR1pHY1Vzdg==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Windows User</dc:creator>
-  <cp:keywords/>
-[...4 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>